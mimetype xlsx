--- v0 (2025-11-20)
+++ v1 (2026-03-22)
@@ -1,188 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nwillmore\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7755"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="16">
   <si>
     <t>Casos ingresados</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Género Masculino</t>
   </si>
   <si>
     <t>Género Femenino</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Casos Ordinario</t>
   </si>
   <si>
     <t>Julio - Septiembre</t>
   </si>
   <si>
     <t>Casos NNA</t>
   </si>
   <si>
     <t>Octubre - Diciembre</t>
   </si>
   <si>
     <t>Enero - Marzo</t>
   </si>
   <si>
     <t>Abril - Junio</t>
   </si>
   <si>
     <t>Julio-Septiembre</t>
   </si>
   <si>
     <t>Abril-Junio</t>
   </si>
   <si>
     <t xml:space="preserve">Julio-Septiembre </t>
   </si>
+  <si>
+    <t>Octubre-Diciembre</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="1"/>
     <cellStyle name="Normal 3" xfId="2"/>
-    <cellStyle name="Normal 4" xfId="4"/>
-    <cellStyle name="Porcentaje 2" xfId="3"/>
+    <cellStyle name="Normal 4" xfId="3"/>
+    <cellStyle name="Porcentaje 2" xfId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -418,60 +433,56 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F51"/>
+  <dimension ref="A1:F53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" workbookViewId="0">
-      <selection activeCell="B51" sqref="B51"/>
+    <sheetView tabSelected="1" topLeftCell="A44" workbookViewId="0">
+      <selection activeCell="B52" sqref="B52:D53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="27" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="29.5703125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="5" max="5" width="33.42578125" customWidth="1"/>
     <col min="6" max="6" width="19.140625" customWidth="1"/>
     <col min="7" max="7" width="27" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1461,53 +1472,93 @@
       </c>
       <c r="F50">
         <v>2025</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="1">
         <v>435</v>
       </c>
       <c r="C51" s="2">
         <v>391</v>
       </c>
       <c r="D51" s="2">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>14</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
     </row>
+    <row r="52" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>6</v>
+      </c>
+      <c r="B52" s="3">
+        <v>5752</v>
+      </c>
+      <c r="C52" s="4">
+        <v>5341</v>
+      </c>
+      <c r="D52" s="4">
+        <v>411</v>
+      </c>
+      <c r="E52" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>8</v>
+      </c>
+      <c r="B53" s="3">
+        <v>394</v>
+      </c>
+      <c r="C53" s="4">
+        <v>357</v>
+      </c>
+      <c r="D53" s="4">
+        <v>37</v>
+      </c>
+      <c r="E53" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53">
+        <v>2025</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
-  <pageSetup fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
+  <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>